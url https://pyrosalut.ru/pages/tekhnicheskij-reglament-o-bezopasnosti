--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -1,304 +1,331 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/theme/theme/themeManager.xml" ContentType="application/vnd.openxmlformats-officedocument.themeManager+xml"/>
   <Override PartName="/theme/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="theme/theme/themeManager.xml"/></Relationships>
 </file>
 
 <file path=theme/theme/_rels/themeManager.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme1.xml"/></Relationships>
 </file>
 
 <file path=theme/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...6 lines deleted...]
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-[...6 lines deleted...]
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-[...7 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=theme/theme/themeManager.xml><?xml version="1.0" encoding="utf-8"?>
 <a:themeManager xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
 </file>